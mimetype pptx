--- v0 (2025-12-26)
+++ v1 (2026-03-26)
@@ -1,94 +1,110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="258" r:id="rId4"/>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="260" r:id="rId6"/>
     <p:sldId id="261" r:id="rId7"/>
     <p:sldId id="262" r:id="rId8"/>
     <p:sldId id="263" r:id="rId9"/>
     <p:sldId id="264" r:id="rId10"/>
     <p:sldId id="265" r:id="rId11"/>
     <p:sldId id="266" r:id="rId12"/>
     <p:sldId id="267" r:id="rId13"/>
     <p:sldId id="268" r:id="rId14"/>
     <p:sldId id="269" r:id="rId15"/>
     <p:sldId id="270" r:id="rId16"/>
+    <p:sldId id="271" r:id="rId17"/>
+    <p:sldId id="272" r:id="rId18"/>
+    <p:sldId id="273" r:id="rId19"/>
+    <p:sldId id="274" r:id="rId20"/>
+    <p:sldId id="276" r:id="rId21"/>
+    <p:sldId id="275" r:id="rId22"/>
+    <p:sldId id="277" r:id="rId23"/>
+    <p:sldId id="278" r:id="rId24"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="uk-UA"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -164,85 +180,85 @@
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="82" d="100"/>
           <a:sy n="82" d="100"/>
         </p:scale>
         <p:origin x="-1474" y="-91"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -382,51 +398,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="28" name="Дата 27"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm rot="5400000">
             <a:off x="7764621" y="1174097"/>
             <a:ext cx="2286000" cy="381000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A3A1BCFB-08E2-4924-B014-385C2C171376}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>17.12.2024</a:t>
+              <a:t>13.02.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Нижний колонтитул 16"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm rot="5400000">
             <a:off x="7077269" y="4181669"/>
             <a:ext cx="3657600" cy="384048"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -1251,51 +1267,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A3A1BCFB-08E2-4924-B014-385C2C171376}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>17.12.2024</a:t>
+              <a:t>13.02.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1426,51 +1442,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A3A1BCFB-08E2-4924-B014-385C2C171376}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>17.12.2024</a:t>
+              <a:t>13.02.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1596,51 +1612,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A3A1BCFB-08E2-4924-B014-385C2C171376}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>17.12.2024</a:t>
+              <a:t>13.02.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Номер слайда 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AE11D37E-7AAF-40F2-8C0F-3D36E76C1577}" type="slidenum">
               <a:rPr lang="uk-UA" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
@@ -1806,51 +1822,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm rot="5400000">
             <a:off x="7763256" y="1170432"/>
             <a:ext cx="2286000" cy="381000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A3A1BCFB-08E2-4924-B014-385C2C171376}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>17.12.2024</a:t>
+              <a:t>13.02.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm rot="5400000">
             <a:off x="7077456" y="4178808"/>
             <a:ext cx="3657600" cy="384048"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -2620,51 +2636,51 @@
             <a:r>
               <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A3A1BCFB-08E2-4924-B014-385C2C171376}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>17.12.2024</a:t>
+              <a:t>13.02.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2856,51 +2872,51 @@
             <a:r>
               <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A3A1BCFB-08E2-4924-B014-385C2C171376}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>17.12.2024</a:t>
+              <a:t>13.02.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3179,51 +3195,51 @@
             <a:r>
               <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Дата 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A3A1BCFB-08E2-4924-B014-385C2C171376}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>17.12.2024</a:t>
+              <a:t>13.02.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AE11D37E-7AAF-40F2-8C0F-3D36E76C1577}" type="slidenum">
               <a:rPr lang="uk-UA" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
@@ -3269,51 +3285,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A3A1BCFB-08E2-4924-B014-385C2C171376}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>17.12.2024</a:t>
+              <a:t>13.02.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3786,51 +3802,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Дата 20"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A3A1BCFB-08E2-4924-B014-385C2C171376}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>17.12.2024</a:t>
+              <a:t>13.02.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="Номер слайда 21"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AE11D37E-7AAF-40F2-8C0F-3D36E76C1577}" type="slidenum">
               <a:rPr lang="uk-UA" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
@@ -4297,51 +4313,51 @@
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" compatLnSpc="1"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="0" lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Дата 16"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A3A1BCFB-08E2-4924-B014-385C2C171376}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>17.12.2024</a:t>
+              <a:t>13.02.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Номер слайда 17"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AE11D37E-7AAF-40F2-8C0F-3D36E76C1577}" type="slidenum">
               <a:rPr lang="uk-UA" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
@@ -4546,51 +4562,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="7589520" y="1081851"/>
             <a:ext cx="2011680" cy="384048"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" anchor="ctr" anchorCtr="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr kumimoji="0" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{A3A1BCFB-08E2-4924-B014-385C2C171376}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>17.12.2024</a:t>
+              <a:t>13.02.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="6990186" y="3737240"/>
             <a:ext cx="3200400" cy="365760"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -5139,193 +5155,205 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr kumimoji="0" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2051720" y="1196752"/>
             <a:ext cx="6406480" cy="2880320"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
-              <a:t>ТЕМА </a:t>
-[...19 lines deleted...]
-              <a:t/>
+              <a:t>ТЕМА 1</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
-              <a:t> «ОСНОВИ ОЦІНКИ ФІНАНСОВИХ РИЗИКІВ»</a:t>
+              <a:t> «CУТНІСТЬ І ВИДИ ФІНАНСОВИХ РИЗИКІВ КОРПОРАЦІЙ»</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="uk-UA" i="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Подзаголовок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -5424,4645 +5452,6543 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="274638"/>
-            <a:ext cx="7467600" cy="1642194"/>
+            <a:off x="457200" y="273050"/>
+            <a:ext cx="7543800" cy="563662"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Класифікація ризиків</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1916832"/>
+            <a:ext cx="3657600" cy="4331568"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...6 lines deleted...]
-              <a:t> </a:t>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>що </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>виникають у фінансових відносинах з кредиторами;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>що </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>виникають у фінансових відносинах зі страховими кампаніями;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>що </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>виникають у фінансових відносинах з покупцями та постачальниками;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>що </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>виникають у фінансових відносинах з державою;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>що </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>виникають у фінансових відносинах з іншими контрагентами.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4371975" y="1916832"/>
+            <a:ext cx="3657600" cy="4331568"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризик </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>зниження доходів;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризик </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>збільшення витрат;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризик </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>зниження грошових надходжень;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризик </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>збільшення відпливу коштів;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризик </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>зниження вартості активів підприємства;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризик </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>збільшення зобов’язань підприємства;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>фінансові </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>ризики, що позначаються на позабалансових зобов’язаннях.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Текст 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="908720"/>
+            <a:ext cx="3657600" cy="864096"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>За видами фінансових відносин</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Текст 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4343400" y="908720"/>
+            <a:ext cx="3657600" cy="792088"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>За видами </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
-              <a:t>традиційних</a:t>
+              <a:t>наслідків</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t> </a:t>
+              <a:t> (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
-              <a:t>показників</a:t>
+              <a:t>об’єктом</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t>, </a:t>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
-              <a:t>які</a:t>
+              <a:t>прояву</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t> </a:t>
-[...345 lines deleted...]
-          <a:p>
+              <a:t>) </a:t>
+            </a:r>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1446452478"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2817158955"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="273050"/>
+            <a:ext cx="7543800" cy="563662"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Класифікація ризиків</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="2204864"/>
+            <a:ext cx="3657600" cy="4043536"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...17 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризик </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>зниження платоспроможності;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризик </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>зниження кредитоспроможності;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризик </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>зниження прибутку;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризик </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>зниження рентабельності;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризик </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>зниження ринкової вартості підприємства.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4371975" y="2204864"/>
+            <a:ext cx="3657600" cy="4043536"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>індивідуальний </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>фінансовий ризик. Характеризує сукупний ризик, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>притаманний </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>окремим фінансовим інструментам;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>портфельний </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>фінансовий ризик. Характеризує сукупний ризик, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>притаманний </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>комплексу </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>однофункціональних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> фінансових інструментів, об’єднаних у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>портфель </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>(наприклад, кредитний портфель підприємства, його інвестиційний </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>портфель </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>тощо).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Текст 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="908720"/>
+            <a:ext cx="3657600" cy="1080120"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>Залежно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>від</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>ключових</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
               <a:t>фінансових</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> характеристик, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>які</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>підпадають</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>під</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>вплив</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
               <a:t>ризиків</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0"/>
-[...217 lines deleted...]
-            <a:endParaRPr lang="uk-UA" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="1600" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Текст 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4343400" y="908720"/>
+            <a:ext cx="3657600" cy="1008112"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>За сукупністю досліджуваних інструментів </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="980641822"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2556349901"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="274638"/>
-[...2 lines deleted...]
-        </p:spPr>
+            <a:off x="457200" y="273050"/>
+            <a:ext cx="7543800" cy="635670"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Класифікація ризиків</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Простий фінансовий ризик</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Складний фінансовий ризик</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>З</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>овнішній</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>, систематичний або ринковий ризик (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>systematic risk) </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>В</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>нутрішній</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>, несистематичний або специфічний ризик (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>idiosyncratic risk, specific risk) </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Текст 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>За комплексністю </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Текст 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>За джерелами виникнення </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1004874058"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="273050"/>
+            <a:ext cx="7543800" cy="707678"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Класифікація ризиків</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="3717032"/>
+            <a:ext cx="3657600" cy="2531368"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>За </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" u="sng" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>рівнем</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" u="sng" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>можливих</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" u="sng" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>фінанових</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" u="sng" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>втрат</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>припустимий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>к</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ритичний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>катастрофічний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4371975" y="2996952"/>
+            <a:ext cx="3657600" cy="3251448"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" b="1" i="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>За рівнем ймовірності реалізації </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" b="1" i="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>•фінансовий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ризик з низьким рівнем ймовірності </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>реалізації;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>•фінансовий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ризик із середнім рівнем ймовірності </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>реалізації;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>•фінансовий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ризик із високим рівнем ймовірності </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>реалізації;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>•</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>фінансовий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ризик</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>рівень</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ймовірності</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>реалізації</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>яких</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>визначити</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>неможливо</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Текст 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1124744"/>
+            <a:ext cx="3657600" cy="2520280"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" i="1" u="sng" dirty="0"/>
+              <a:t>За характером фінансових </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" i="1" u="sng" dirty="0" smtClean="0"/>
+              <a:t>наслідків</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" dirty="0" smtClean="0"/>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0"/>
+              <a:t>•</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:t>ризик</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>призводить</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>тільки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> до </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>економічних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:t>втрат</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0"/>
+              <a:t>•</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:t>ризик</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>тягне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> за собою </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>упущену</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:t>вигоду</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0"/>
+              <a:t>•</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:t>ризик</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>тягне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> за собою як </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>економічні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>втрати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t>, так і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>додаткові</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+              <a:t>прибутки</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="1600" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Текст 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4343400" y="1052736"/>
+            <a:ext cx="3657600" cy="1800200"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" u="sng" dirty="0"/>
+              <a:t>За характером </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" u="sng" dirty="0" err="1"/>
+              <a:t>прояву</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" u="sng" dirty="0"/>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" u="sng" dirty="0" err="1" smtClean="0"/>
+              <a:t>часі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" u="sng" dirty="0" smtClean="0"/>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" dirty="0" err="1"/>
+              <a:t>п</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" dirty="0" err="1" smtClean="0"/>
+              <a:t>остійний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" dirty="0" err="1" smtClean="0"/>
+              <a:t>ризик</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" dirty="0" smtClean="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" dirty="0" err="1"/>
+              <a:t>т</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" dirty="0" err="1" smtClean="0"/>
+              <a:t>имчасовий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" dirty="0" err="1" smtClean="0"/>
+              <a:t>ризик</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" b="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3788172973"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="273050"/>
+            <a:ext cx="7543800" cy="707678"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Класифікація ризиків</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>прогнозований </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>фінансовий </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризик;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>н</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>епрогнозований фінансовий ризик</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>фінансовий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ризик</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>який</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>можна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>застрахувати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>фінансовий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ризик</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>який</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>не </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>можна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>застрахувати</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Текст 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>За можливістю передбачення </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Текст 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>За можливістю страхування </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3854742731"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>залежно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>від</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>сфери</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>свого</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>виникнення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>або</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>прояву</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>фінансові</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ризики</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>поділяться</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>такі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>види</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризики</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>, що виникають на ринку капіталу;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризики</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>, що виникають на ринку біржових товарів;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризики</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>, що виникають на ринку грошей, на якому задіяні короткострокові боргові зобов’язання та інвестиції;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризики</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>, що виникають на ринку деривативів;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризики</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>, що виникають на страховому ринку;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризики</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>, що виникають на міжнародному валютному ринку;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризики</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>, що виникають на ринку золота.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1212304254"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="7467600" cy="706090"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Види фінансових ринків</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="323528" y="1196752"/>
+            <a:ext cx="8208912" cy="5277200"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" u="sng" dirty="0" smtClean="0"/>
+              <a:t>розвинені </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>фінансові ринки </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>– це найбільш розвинені, а отже, найменш </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризиковані </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>щодо інвестування </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ринки (Австралія, Японія, Іспанія, Норвегія, Нова Зеландія, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>Сінгапур, Гонконг, Грецію </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>тощо);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" u="sng" dirty="0" smtClean="0"/>
+              <a:t>фінансові </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>ринки, що швидко розвиваються </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>(зростаючі) (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>emerging markets) – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>ринки, які не належать ні до розвинених, ні до тих, що розвиваються </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>(Китай</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>, Індію, Мексику, Бразилію, Чилі, Колумбію, Аргентину, Перу, країни </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Південної </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>Азії, Східної Європи, Середнього Сходу, частину Африки і країни </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Латинської Америки);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" u="sng" dirty="0" smtClean="0"/>
+              <a:t>фронтальні ринки» (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" u="sng" dirty="0" smtClean="0"/>
+              <a:t>frontier markets</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>– </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>частина фінансових ринків </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>невеликих </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>розмірів країн, що розвиваються, але водночас доступних для інвестицій (Бангладеш, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Болгарія, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>Камбоджі, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Грузія, Йорданія, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>Казахстан, Пакистан, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Румунія, Словенія, Україна, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>ОАЕ, В’єтнам </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>тощо)</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1665058026"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="7467600" cy="1138138"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" u="sng" dirty="0" err="1" smtClean="0"/>
+              <a:t>Системний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" u="sng" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" u="sng" dirty="0" err="1"/>
+              <a:t>фінансовий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" u="sng" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" u="sng" dirty="0" err="1" smtClean="0"/>
+              <a:t>ризик</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>існує</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>два </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>підходи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> до </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>визначення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>його</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>сутності</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>):</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>1) заснований </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>на великій величині збитків. Згідно з ним </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>системний </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" u="sng" dirty="0" smtClean="0"/>
+              <a:t>фінансовий </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>ризик </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>– це ризик, реалізація якого зачіпає всю фінансову, економічну, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>банківську </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>системи. Це ймовірність раптової, зазвичай неочікуваної події, що </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>призводить </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>до неспроможності фінансової системи ефективно розподіляти вільні інвестиційні ресурси. Фінансовий інститут, який спроможний викликати таку реакцію на ринку, називається «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Too big to fail»;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>2)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t> заснований </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>на механізмі поширення наслідків від ризику. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>Системний </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" u="sng" dirty="0" smtClean="0"/>
+              <a:t>ризик </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>– це ризик ланцюгової реакції збитковості фінансових інститутів (ефект </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>доміно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>). Цей підхід використовується </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ФРС </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>МБРР </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>(Міжнародний банк </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>реконструкції та розвитку).</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="646259490"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="7467600" cy="922114"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>С</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>ценарій</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>подій</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ланцюга</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> (каналу) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>поширення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>кризи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>різко </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>падають ціни ризикових активів (на рівні глобального фінансового ринку – активів країн, що розвиваються);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ціни </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>на безпечні активи зростають («</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>fly to quality»);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>збільшується </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>волатильність</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> цін на активи;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>падає </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>ліквідність ринку, фінансових інститутів та компаній;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>фінансові </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>установи зазнають фінансових проблем;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>скорочується </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>кредитування на ринках;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>економічна </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>активність знижується;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>наступає </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>фінансова криза, під час якої багато інституцій зазнають </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>фінансових </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>труднощів, що потенційно впливає на реальну економіку</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3046768271"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="7467600" cy="2578298"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" u="sng" dirty="0" smtClean="0"/>
+              <a:t>Ризик-менеджмент</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>– це система управління ризиками, що вміщує в себе стратегію і тактику управління, спрямовані на досягнення основних бізнес-цілей суб’єкта економіки. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Ефективний </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>ризик-менеджмент містить:</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="2996952"/>
+            <a:ext cx="7467600" cy="3477000"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>систему </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>управління</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>систему </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ідентифікації</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>оцінки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>систему </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>супроводу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>моніторингу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> і контролю).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="209696343"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="755576" y="1305342"/>
+            <a:ext cx="7560840" cy="2862322"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="2476500" algn="r">
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Льюїс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Керролл</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>, англійський письменник:</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2800" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman"/>
+              <a:ea typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" algn="r">
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>«Зрештою, ми шкодуємо тільки про ті шанси, якими не скористалися».</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2800" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman"/>
+              <a:ea typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" algn="r">
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Марк</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Цукерберг</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>, засновник </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Facebook</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2800" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman"/>
+              <a:ea typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" algn="r">
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>    «Найбільший ризик — це не ризикувати. У світі, який швидко змінюється, єдина стратегія, яка гарантовано провалиться, — це відмова від ризику».</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2800" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman"/>
+              <a:ea typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" algn="r">
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Жан-Поль Сартр, французький письменник і філософ:</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2800" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman"/>
+              <a:ea typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>«Щоб зрозуміти, чого варте життя, потрібно час від часу ризикувати ним».</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1383354441"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="273050"/>
+            <a:ext cx="7543800" cy="995710"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Функції </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>управління фінансовими ризиками</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="62500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>формування </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>ефективних інформаційних систем, що забезпечують </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>обґрунтування </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>альтернативних варіантів управлінських рішень;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>здійснення </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>ризик-аналізу різних аспектів фінансової діяльності;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>здійснення </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>ризик-планування фінансової діяльності за основними її </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>напрямами</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>здійснення </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>ефективного контролю реалізації прийнятих ризикових рішень (створення відповідних систем внутрішнього контролю, поділ контрольних </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>обов’язків </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>окремих служб, визначення системи контрольованих показників).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>формування </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>портфеля фінансових ризиків, що приймаються;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>оцінка </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>рівня і вартості ризиків (вибір методів оцінки, оцінка можливих втрат);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>управління </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>нейтралізацією можливих негативних наслідків фінансових </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризиків</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>страхування </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>фінансових ризиків тощо.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Текст 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Загальні функції</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Текст 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0"/>
+              <a:t>Спеціфічні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t> функції</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2963965518"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="179512" y="274638"/>
+            <a:ext cx="8424936" cy="490066"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Принципи </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>управління фінансовими ризиками </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="323528" y="908720"/>
+            <a:ext cx="8064896" cy="5565232"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Усвідомленість </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>прийняття </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризиків. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Управління </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>ризиками, що </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>приймаються. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Економічна </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>раціональність </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>управління</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Урахування </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>фінансової філософії </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>суб’єкта</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Урахування </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>фінансової політики за окремими аспектами фінансової </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>діяльності </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>(агресивна, помірна або консервативна політика</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>). </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Зіставлення </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>рівня ризиків, що приймаються, з фінансовими можливостями підприємства.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Урахування </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>часового фактора в управлінні ризиками. Водночас, чим </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>триваліший </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>період здійснення фінансової операції, тим ширший діапазон супутніх їй ризиків.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Незалежність </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>управління окремими ризиками.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Економічність </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>управління – витрати на управління ризиками не повинні перевищувати суми можливих фінансових втрат.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="48645265"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="7467600" cy="922114"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>М</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>етоди</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>управління</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>фінансовими</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ризиками</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> є:</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1844824"/>
+            <a:ext cx="7467600" cy="4629128"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Страхування. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Створення </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>резерву коштів на покриття непередбачених </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>витрат. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0"/>
+              <a:t>Хеджування</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Диверсифікація.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Лімітування.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Управління активами та пасивами.</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1505810006"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="7467600" cy="994122"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>Міжнародні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>суб’єкти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>управління</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>фінансовими</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ризиками</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1412776"/>
+            <a:ext cx="7467600" cy="5061176"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Міжнародна </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>організація комісій з цінних паперів (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>IOSCO – International Organization of Securities Commissions);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Міжнародна </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>організація страхового нагляду (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>IAIS – International Association of Insurance Supervisions);</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>Міжнародна рада зі стандартів обліку (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>IASB – International Accounting Standards Board);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Комітет </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>з платіжних і розрахункових систем (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>CPSS – Committee on Payment and Settlements Systems);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Комітет </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>з глобальної фінансової системи (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>CGFS – Committee on the Global Financial System);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Міжнародний </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>валютний фонд (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>IMF – International Monetary Fund);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" smtClean="0"/>
+              <a:t>Банк </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>міжнародних розрахунків (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>BIS – Bank for International Settlements).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="562883568"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="611560" y="908720"/>
+            <a:ext cx="7344816" cy="3123932"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="750"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="950"/>
+              <a:tabLst>
+                <a:tab pos="495935" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="0" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>1. Передумови</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="165" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="0" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>актуалізації</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="160" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="0" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>управління</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="160" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="0" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>фінансовими</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="160" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>ризиками.</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2400" spc="0" dirty="0" smtClean="0">
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman"/>
+              <a:ea typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="210"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="950"/>
+              <a:tabLst>
+                <a:tab pos="497205" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="0" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>2. Сутність</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-50" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="0" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>і</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-45" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="0" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>види</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-55" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="0" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>фінансових</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-50" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="0" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>ризиків,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-50" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="0" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>сфери</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-45" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="0" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>їх</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-30" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>прояву.</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2400" spc="0" dirty="0" smtClean="0">
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman"/>
+              <a:ea typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="210"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="950"/>
+              <a:tabLst>
+                <a:tab pos="495935" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>3. Основні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="5" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>підходи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>та</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="5" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>принципи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="0" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>управління</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="0" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>фінансовими</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="0" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>ризиками.</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2400" spc="0" dirty="0" smtClean="0">
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman"/>
+              <a:ea typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="210"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="950"/>
+              <a:tabLst>
+                <a:tab pos="497205" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>4. Суб’єкти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-5" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>управління</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="5" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>фінансовими</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="0" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>ризиками</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>та</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>їх</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" spc="-10" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>функції.</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2400" spc="0" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman"/>
+              <a:ea typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3535275305"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="251520" y="274638"/>
+            <a:ext cx="8352928" cy="922114"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>Основними</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>фундаментальними</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>передумовами</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>актуалізації</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>управління</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>фінансовими</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>ризиками</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> є:</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1268760"/>
+            <a:ext cx="7787208" cy="5205192"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>Стрімке</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>зростання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>обсягів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>світових</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>фінансових</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>активів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>Розвиток</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> спекулятивного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>фінансового</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> ринку.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>Самодостатність</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>фінансової</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>системи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>Стрімке</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>зростання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>фінансових</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>активів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>якими</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>володіють</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>домашні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>господарства</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>Сек’юритизація</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> банківських операцій.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>Збільшення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>незалежності</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>від</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> держаного контролю і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>регулювання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>Висока</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>мобільність</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>капіталу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>пов’язана</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>лібералізацією</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>фінансового</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>законодавства</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>Глобалізаційні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>процеси</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>фінансовій</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>сфері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>економіці</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>Досягнення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>технічного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>прогресу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>комп’ютеризація</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>розвиток</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>телекомунікацій</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1"/>
+              <a:t>Поява</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0"/>
+              <a:t> та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1"/>
+              <a:t>розширення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1"/>
+              <a:t>використання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1"/>
+              <a:t>складних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1"/>
+              <a:t>фінансових</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0"/>
+              <a:t>інструментів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0"/>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1"/>
+              <a:t>деривативів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0"/>
+              <a:t>). </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0"/>
+              <a:t>Глобальна </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1"/>
+              <a:t>інвестиційна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1"/>
+              <a:t>рецесія</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1900" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1284909549"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="827584" y="764704"/>
+            <a:ext cx="7128792" cy="3108543"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" i="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Ф</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" i="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>інансовий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" i="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ризик</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> - це ймовірність або можливість настання непередбачуваних фінансових витрат (зниження прибутків, доходів, втрата капіталу тощо) у ситуації невизначеності умов здійснення підприємницької діяльності.</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4131194473"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="7467600" cy="706090"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Ознаки </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>фінансових ризиків:</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1124744"/>
+            <a:ext cx="7931224" cy="5349208"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" u="sng" dirty="0" smtClean="0"/>
+              <a:t>фінансовий </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>характер випадкової події</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>, наприклад, зміна процентної </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ставки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>, податку тощо. Водночас розмежування випадкової (ризикової) події та її </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>наслідків </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>найбільш важливе у сфері страхування, оскільки її виникнення є </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>необхідною </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>умовою для виплати страхового відшкодування;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" u="sng" dirty="0" smtClean="0"/>
+              <a:t>відносини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>, в яких виникають такі ризики, є фінансовими</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>. Інакше кажучи, фінансові ризики проявляються тільки на тих етапах відтворювального процесу, на яких функціонують фінанси;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" u="sng" dirty="0" smtClean="0"/>
+              <a:t>впливають </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>на об’єкти управління фінансами: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>активами (інвестиціями), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>фінансовими </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>ресурсами (капіталом); грошовими потоками; фінансовими </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>результатами</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>призводять </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>до </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="1" u="sng" dirty="0"/>
+              <a:t>порушення фінансових цілей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>або фінансових результатів.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1005256578"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539552" y="274638"/>
+            <a:ext cx="7385248" cy="562074"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>Визначення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>фінансових</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>ризиків</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>нормативних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>актах:</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2052" name="Picture 4"/>
+          <p:cNvPr id="4098" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="539553" y="1916833"/>
-            <a:ext cx="7776864" cy="2972828"/>
+            <a:off x="467544" y="1196752"/>
+            <a:ext cx="8540602" cy="4680520"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4052686354"/>
-[...3516 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="858217939"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3091317698"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="274638"/>
-            <a:ext cx="7467600" cy="634082"/>
+            <a:off x="457200" y="273050"/>
+            <a:ext cx="7543800" cy="491654"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Класифікація ризиків</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="251520" y="1556792"/>
+            <a:ext cx="4680520" cy="4691608"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>Ризик</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>зниження</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>фінансової</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>стійкості</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>або</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ризик</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>порушення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>рівноваги</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>фінансового</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>розвитку</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>суб’єкта</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>господарювання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Ризик неплатоспроможності</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Процентний ризик</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Валютний ризик</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Податковий ризик</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0"/>
+              <a:t>Депозиткий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t> ризик</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Кредитний ризик</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Ринковий ризик</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Інноваційний ризик</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Інші види ризиків</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5148064" y="2362200"/>
+            <a:ext cx="3312368" cy="3886200"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2200" dirty="0" smtClean="0"/>
+              <a:t>Стратегічний ризик</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2200" dirty="0" smtClean="0"/>
+              <a:t>Операційний ризик</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2200" dirty="0" smtClean="0"/>
+              <a:t>Репутаційний ризик</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Текст 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="836712"/>
+            <a:ext cx="3657600" cy="648072"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
-              <a:t>Типи </a:t>
-[...18 lines deleted...]
-        <p:spPr/>
+              <a:t>Фінансові ризики</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Текст 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5148064" y="1569720"/>
+            <a:ext cx="3384376" cy="658368"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...22 lines deleted...]
-          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0"/>
+              <a:t>Нефінансові</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t> ризики</a:t>
+            </a:r>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3635668011"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="552566584"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="273050"/>
+            <a:ext cx="7543800" cy="491654"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Класифікація ризиків</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>фінансові </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>ризики суб’єктів економіки </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>нефінансового</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> сектору економіки – це фінансові ризики підприємств, основною діяльністю яких є виробництво </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>товарів </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>і надання послуг;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>фінансові </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>ризики фінансового сектору економіки – ризики інститутів, що спеціалізуються на наданні фінансових послуг. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4371975" y="1844824"/>
+            <a:ext cx="3657600" cy="4403576"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризик </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>окремої фінансової операції. Він комплексно характеризує весь спектр видів фінансових ризиків, властивих певній фінансовій операції (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>наприклад</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>, ризик властивий придбанню конкретної акції);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризик </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>різних видів фінансової діяльності (наприклад, ризик інвестиційної або кредитної діяльності);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>ризик </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>фінансової діяльності суб’єкта господарювання в цілому. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Текст 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1052736"/>
+            <a:ext cx="3657600" cy="1175352"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>За видами </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>суб’єктів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>економіки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>які</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>впливають</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>фінансові</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ризики</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>виділяють</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
-              <a:t>Графік</a:t>
+              <a:t>такі</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t> нормального </a:t>
-            </a:r>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Текст 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4343400" y="980728"/>
+            <a:ext cx="3657600" cy="792088"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
-              <a:t>розподілу</a:t>
+              <a:t>Залежно</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
-              <a:t>ймовірності</a:t>
+              <a:t>від</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t> (</a:t>
+              <a:t> масштабу </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
-              <a:t>розподіл</a:t>
+              <a:t>об’єкта</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t> Гаусса)</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>впливу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ризику</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...64 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4226995555"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="779082710"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Эркер">
   <a:themeElements>
     <a:clrScheme name="Эркер">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="575F6D"/>
@@ -10331,88 +12257,96 @@
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:duotone>
               <a:schemeClr val="phClr">
                 <a:shade val="80000"/>
               </a:schemeClr>
               <a:schemeClr val="phClr">
                 <a:tint val="91000"/>
               </a:schemeClr>
             </a:duotone>
           </a:blip>
           <a:tile tx="0" ty="0" sx="40000" sy="50000" flip="y" algn="tl"/>
         </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Oriel</Template>
   <TotalTime></TotalTime>
-  <Words>1021</Words>
+  <Words>1582</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
-  <Paragraphs>68</Paragraphs>
-  <Slides>15</Slides>
+  <Paragraphs>174</Paragraphs>
+  <Slides>23</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>15</vt:i4>
+        <vt:i4>23</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="16" baseType="lpstr">
+    <vt:vector size="24" baseType="lpstr">
       <vt:lpstr>Эркер</vt:lpstr>
-      <vt:lpstr>ТЕМА 2  «ОСНОВИ ОЦІНКИ ФІНАНСОВИХ РИЗИКІВ» </vt:lpstr>
+      <vt:lpstr>ТЕМА 1  «CУТНІСТЬ І ВИДИ ФІНАНСОВИХ РИЗИКІВ КОРПОРАЦІЙ» </vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>Основна функція управління фінансовими ризиками є їх оцінка з метою:</vt:lpstr>
-[...10 lines deleted...]
-      <vt:lpstr>Методи проведення стрес-тестування:</vt:lpstr>
+      <vt:lpstr>Основними фундаментальними передумовами актуалізації управління фінансовими ризиками є:</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Ознаки фінансових ризиків:</vt:lpstr>
+      <vt:lpstr>Визначення фінансових ризиків у нормативних актах:</vt:lpstr>
+      <vt:lpstr>Класифікація ризиків</vt:lpstr>
+      <vt:lpstr>Класифікація ризиків</vt:lpstr>
+      <vt:lpstr>Класифікація ризиків</vt:lpstr>
+      <vt:lpstr>Класифікація ризиків</vt:lpstr>
+      <vt:lpstr>Класифікація ризиків</vt:lpstr>
+      <vt:lpstr>Класифікація ризиків</vt:lpstr>
+      <vt:lpstr>Класифікація ризиків</vt:lpstr>
+      <vt:lpstr>залежно від сфери свого виникнення або прояву фінансові ризики поділяться на такі види:</vt:lpstr>
+      <vt:lpstr>Види фінансових ринків</vt:lpstr>
+      <vt:lpstr>Системний фінансовий ризик (існує два підходи до визначення його сутності):</vt:lpstr>
+      <vt:lpstr>Сценарій подій та ланцюга (каналу) поширення кризи:</vt:lpstr>
+      <vt:lpstr>Ризик-менеджмент – це система управління ризиками, що вміщує в себе стратегію і тактику управління, спрямовані на досягнення основних бізнес-цілей суб’єкта економіки.  Ефективний ризик-менеджмент містить:</vt:lpstr>
+      <vt:lpstr>Функції управління фінансовими ризиками</vt:lpstr>
+      <vt:lpstr>Принципи управління фінансовими ризиками </vt:lpstr>
+      <vt:lpstr>Методи управління фінансовими ризиками є:</vt:lpstr>
+      <vt:lpstr>Міжнародні суб’єкти управління фінансовими ризиками</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Krokoz™</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ТЕМА 1  «CУТНІСТЬ І ВИДИ ФІНАНСОВИХ РИЗИКІВ КОРПОРАЦІЙ» </dc:title>
   <dc:creator>Ксенія</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>