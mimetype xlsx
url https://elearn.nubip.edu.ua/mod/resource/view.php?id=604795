--- v0 (2026-01-13)
+++ v1 (2026-03-04)
@@ -1,487 +1,673 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11011"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/m0ksem/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2D5A4BE4-6962-484B-B8A1-38C4481E6E20}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ABDB3C51-4F0F-614A-98E6-B9C5E99ED319}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="500" windowWidth="51200" windowHeight="26600" activeTab="4" xr2:uid="{46C5391B-2DCE-4310-AFD0-CD6DDFC186BF}"/>
+    <workbookView xWindow="0" yWindow="760" windowWidth="34560" windowHeight="19880" activeTab="9" xr2:uid="{2A1E10E0-52F4-4798-9202-E149B235580C}"/>
   </bookViews>
   <sheets>
-    <sheet name="ІПЗ-22007б" sheetId="1" r:id="rId1"/>
-[...7 lines deleted...]
-    <sheet name="КІБ-22015б" sheetId="10" r:id="rId9"/>
+    <sheet name="051 Економічна кібер" sheetId="1" r:id="rId1"/>
+    <sheet name="ІПЗ-23006б" sheetId="2" r:id="rId2"/>
+    <sheet name="ІПЗ-23007б" sheetId="3" r:id="rId3"/>
+    <sheet name="ІПЗ-24009бск" sheetId="4" r:id="rId4"/>
+    <sheet name="КІ-23009б" sheetId="6" r:id="rId5"/>
+    <sheet name="Kb+KI" sheetId="7" r:id="rId6"/>
+    <sheet name="КН-23001б" sheetId="8" r:id="rId7"/>
+    <sheet name="КН-23002б" sheetId="9" r:id="rId8"/>
+    <sheet name="КН-23003б" sheetId="11" r:id="rId9"/>
+    <sheet name="КН-24004бск" sheetId="13" r:id="rId10"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
-[...262 lines deleted...]
-    <t>КН-22003б</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="127">
+  <si>
+    <t>Мишенюк Олег Вадимович</t>
+  </si>
+  <si>
+    <t>Терещенко Ярослав Юрійович</t>
+  </si>
+  <si>
+    <t>Савонік Елеонора Іванівна</t>
+  </si>
+  <si>
+    <t>Матрьонін Олександр Євгенович</t>
+  </si>
+  <si>
+    <t>Ілларіонов Микита Іванович</t>
+  </si>
+  <si>
+    <t>Коваленко Сергій Миколайович</t>
+  </si>
+  <si>
+    <t>Кучеренко Яна Русланівна</t>
+  </si>
+  <si>
+    <t>Котигорох Віталій Олександрович</t>
+  </si>
+  <si>
+    <t>Дригалка Данило Олексійович</t>
+  </si>
+  <si>
+    <t>Довженко Дмитро Сергійович</t>
+  </si>
+  <si>
+    <t>Крамаренко Владислав Вікторович</t>
+  </si>
+  <si>
+    <t>Печкур Максим Миколайович</t>
+  </si>
+  <si>
+    <t>Шкарбута Ярослав Юрійович</t>
+  </si>
+  <si>
+    <t>Пушня Даниїл Андрійович</t>
+  </si>
+  <si>
+    <t>Підгорний Олександр Сергійович</t>
+  </si>
+  <si>
+    <t>Голуб Олександр Андрійович</t>
+  </si>
+  <si>
+    <t>Хоменко Назар Тарасович</t>
+  </si>
+  <si>
+    <t>Меньшиков Олексій Миколайович</t>
+  </si>
+  <si>
+    <t>Діброва Андрій Сергійович</t>
+  </si>
+  <si>
+    <t>Алексеєвич Дмитро Романович</t>
+  </si>
+  <si>
+    <t>Возний Богдан Олександрович</t>
+  </si>
+  <si>
+    <t>Херуненко Наталія Олександрівна</t>
+  </si>
+  <si>
+    <t>Стороженко Назар Максимович</t>
+  </si>
+  <si>
+    <t>Ільніцька Вікторія Сергіївна</t>
+  </si>
+  <si>
+    <t>Дяченко Карина Юріївна</t>
+  </si>
+  <si>
+    <t>Бурмака Ігор Олександрович</t>
+  </si>
+  <si>
+    <t>Ткалич Євген Максимович</t>
+  </si>
+  <si>
+    <t>Ткаченко Дмитро Олександрович</t>
+  </si>
+  <si>
+    <t>Березюк Євгеній Віталійович</t>
+  </si>
+  <si>
+    <t>Салатенко Владислав Сергійович</t>
+  </si>
+  <si>
+    <t>Дяченко Олексій Олегович</t>
+  </si>
+  <si>
+    <t>Максименко Сергій Сергійович</t>
+  </si>
+  <si>
+    <t>Терновий Дмитро Станіславович</t>
+  </si>
+  <si>
+    <t>Морщ Дмитрій Олександрович</t>
+  </si>
+  <si>
+    <t>Морщ Владислав Олександрович</t>
+  </si>
+  <si>
+    <t>Сергієнко Дмитро Андрійович</t>
+  </si>
+  <si>
+    <t>Гарькавий Назар Русланович</t>
+  </si>
+  <si>
+    <t>Чупилка Максим Вікторович</t>
+  </si>
+  <si>
+    <t>Малиновський Борис Сергійович</t>
+  </si>
+  <si>
+    <t>Косянчук Сергій Владиславович</t>
+  </si>
+  <si>
+    <t>Карпенко Роман Васильович</t>
+  </si>
+  <si>
+    <t>Кисильов Олександр Віталійович</t>
+  </si>
+  <si>
+    <t>Тихолоз Андрій Олексійович</t>
+  </si>
+  <si>
+    <t>Бабич АнтонПетрович</t>
+  </si>
+  <si>
+    <t>Дзюблик Богдан Олександрович</t>
+  </si>
+  <si>
+    <t>Чечеко Данііл Олегович</t>
+  </si>
+  <si>
+    <t>Диннік Ярослав Олександрович</t>
+  </si>
+  <si>
+    <t>Баранець Віталій Євгенійович</t>
+  </si>
+  <si>
+    <t>Барчан Тимур Андрійович</t>
+  </si>
+  <si>
+    <t>Залізняк Антон Вадимович</t>
+  </si>
+  <si>
+    <t>Толстошеєв Святослав Ігорович</t>
+  </si>
+  <si>
+    <t>Залужний Олексій Сергійович</t>
+  </si>
+  <si>
+    <t>Чабан Артем Анатолійович</t>
+  </si>
+  <si>
+    <t>Назаренко Єгор Олександрович</t>
+  </si>
+  <si>
+    <t>Городинець Дмитро Олександрович</t>
+  </si>
+  <si>
+    <t>Пєстрєцов Дмитро Олександрович</t>
+  </si>
+  <si>
+    <t>Ястремський Олександр Олександрович</t>
+  </si>
+  <si>
+    <t>Малєнда Дмитро Олександрович</t>
+  </si>
+  <si>
+    <t>Сивоконь Данііл Євгенійович</t>
+  </si>
+  <si>
+    <t>Туркевич Нікіта Євгенійович</t>
+  </si>
+  <si>
+    <t>Чередніченко Микола Леонідович</t>
+  </si>
+  <si>
+    <t>Бартєньєв Данил Михайлович</t>
+  </si>
+  <si>
+    <t>Віхров Дмитро Олексійович</t>
+  </si>
+  <si>
+    <t>Лук'янець Максим Віталійович</t>
+  </si>
+  <si>
+    <t>Сичов Ілля Васильович</t>
+  </si>
+  <si>
+    <t>Фурдін Владислав Віталійович</t>
+  </si>
+  <si>
+    <t>Головань Роман Олександрович</t>
+  </si>
+  <si>
+    <t>Заворотний Вадим Володимирович</t>
+  </si>
+  <si>
+    <t>КІ-23009б</t>
+  </si>
+  <si>
+    <t>КІ-24011бск</t>
+  </si>
+  <si>
+    <t>Група</t>
+  </si>
+  <si>
+    <t>Варіант</t>
+  </si>
+  <si>
+    <t>Студент</t>
+  </si>
+  <si>
+    <t>Бойко Олексій Сергійович</t>
+  </si>
+  <si>
+    <t>Іщенко Денис Андрійович</t>
+  </si>
+  <si>
+    <t>Котеленець Микита Олександрович</t>
+  </si>
+  <si>
+    <t>Олійник Дмитро Володимирович</t>
+  </si>
+  <si>
+    <t>Кравченко Данііл Вадимович</t>
+  </si>
+  <si>
+    <t>Ісаков Шамай Шай</t>
+  </si>
+  <si>
+    <t>КІБ-23011б</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Балдін Лев Дмитрович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бондаренко Дмитро Володимирович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гаврилюк Нікіта Васильович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Герасимчук Марія Ростиславівна </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Голубов Іван Олександрович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гудименко Марія Олександрівна </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дехтярьов Іван Артемович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Іваноглу Лілія Русланівна </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Картава Мирослава Валентинівна </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Козинець Денис Юрійович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корженецький Іван Володимирович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Косенко Іван Олегович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Макаревич Нікіта Дмитрович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Максименко Яна Сергіївна </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Полуляхов Гліб Олегович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пучков Даніел Вікторович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сіміоненко Дарина Станіславівна </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Соловйов Денис Олександрович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Степаненко Дарина Федорівна </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Валенштак Марія Сергіївна </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Вдовенко Яна Валеріївна </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Власенко Ганна Володимирівна </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Волошин Володимир Вікторович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Каштанова Христина Едуардівна </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корнієнко Руслан Владиславович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кравець Олександр Анатолійович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пантус Тимур Вадимович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сотниченко Артем Валентинович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тіхонова Аліна Олександрівна </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ткаченко Ілона Юріївна </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бариловський Богдан Олександрович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Болох Максим Володимирович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бредак Владислав Євгенійович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Буцька Ольга Олександрівна </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ігнатенко Максим Анатолійович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ковальчук Владислав Віталійович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Малюга Назар Анатолійович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Осінський Владислав Віталійович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рибальченко Михайло Олександрович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тищук Іван Сергійович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Топчій Єлизавета Олександрівна </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ханзелко Денис Русланович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Чупирко Михайло Вячеславович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коваль Олександр Сергійович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Назаренко Євгеній Вікторович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плонський Георгій Костянтинович </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труш Євгеній Станіславович </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="10">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
       <b/>
       <sz val="11"/>
-      <color theme="1"/>
-      <name val="Calibri"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <charset val="204"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -489,51 +675,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -541,51 +727,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -600,65 +786,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -679,979 +865,1613 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{03F9D605-C225-4700-868F-5BA7701B5954}">
-  <dimension ref="A1:B15"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9CA844BB-F944-4C95-BBF2-D6C575324BBF}">
+  <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E15" sqref="E15"/>
+      <selection activeCell="H37" sqref="H37"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15"/>
   <cols>
-    <col min="2" max="2" width="33" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="40.83203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A1" s="2">
+    <row r="1" spans="1:2">
+      <c r="A1" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="B1" s="6" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" ht="19">
+      <c r="A2" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="7">
         <v>1</v>
       </c>
-      <c r="B1" t="s">
-[...4 lines deleted...]
-      <c r="A2" s="2">
+    </row>
+    <row r="3" spans="1:2" ht="19">
+      <c r="A3" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" s="7">
         <v>2</v>
       </c>
-      <c r="B2" t="s">
-[...4 lines deleted...]
-      <c r="A3" s="2">
+    </row>
+    <row r="4" spans="1:2" ht="19">
+      <c r="A4" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="7">
         <v>3</v>
-      </c>
-[...436 lines deleted...]
-        <v>51</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:B4"/>
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51BF754D-2FA0-C442-9960-23D54D5982DA}">
+  <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I56" sqref="I56"/>
+      <selection activeCell="B6" sqref="B6:B20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
-    <col min="2" max="2" width="31.83203125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="50.1640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A1" s="2">
+    <row r="1" spans="1:2">
+      <c r="A1" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="B1" s="13" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" ht="19">
+      <c r="A2" s="14" t="s">
+        <v>123</v>
+      </c>
+      <c r="B2" s="15">
         <v>1</v>
       </c>
-      <c r="B1" t="s">
-[...4 lines deleted...]
-      <c r="A2" s="2">
+    </row>
+    <row r="3" spans="1:2" ht="19">
+      <c r="A3" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="B3" s="15">
         <v>2</v>
       </c>
-      <c r="B2" t="s">
-[...6 lines deleted...]
-      </c>
+    </row>
+    <row r="4" spans="1:2" ht="19">
+      <c r="A4" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B4" s="15">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="18">
+      <c r="A5" t="s">
+        <v>126</v>
+      </c>
+      <c r="B5" s="15">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" ht="18">
+      <c r="B6" s="15"/>
+    </row>
+    <row r="7" spans="1:2" ht="18">
+      <c r="B7" s="15"/>
+    </row>
+    <row r="8" spans="1:2" ht="18">
+      <c r="B8" s="15"/>
+    </row>
+    <row r="9" spans="1:2" ht="18">
+      <c r="B9" s="15"/>
+    </row>
+    <row r="10" spans="1:2" ht="18">
+      <c r="B10" s="15"/>
+    </row>
+    <row r="11" spans="1:2" ht="18">
+      <c r="B11" s="15"/>
+    </row>
+    <row r="12" spans="1:2" ht="18">
+      <c r="B12" s="15"/>
+    </row>
+    <row r="13" spans="1:2" ht="18">
+      <c r="B13" s="15"/>
+    </row>
+    <row r="14" spans="1:2" ht="18">
+      <c r="B14" s="15"/>
+    </row>
+    <row r="15" spans="1:2" ht="18">
+      <c r="B15" s="15"/>
+    </row>
+    <row r="16" spans="1:2" ht="18">
+      <c r="B16" s="15"/>
+    </row>
+    <row r="17" spans="2:2" ht="18">
+      <c r="B17" s="15"/>
+    </row>
+    <row r="18" spans="2:2" ht="18">
+      <c r="B18" s="15"/>
+    </row>
+    <row r="19" spans="2:2" ht="18">
+      <c r="B19" s="15"/>
+    </row>
+    <row r="20" spans="2:2" ht="18">
+      <c r="B20" s="15"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:B13"/>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CC7C8427-2488-42F8-93F7-E4EF5A41B0B5}">
+  <dimension ref="A1:C20"/>
+  <sheetViews>
+    <sheetView topLeftCell="A10" workbookViewId="0">
+      <selection activeCell="I12" sqref="I12"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="45.33203125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:3">
+      <c r="A1" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="B1" s="6" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" ht="20">
+      <c r="A2" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" s="7">
+        <v>1</v>
+      </c>
+      <c r="C2" s="7"/>
+    </row>
+    <row r="3" spans="1:3" ht="20">
+      <c r="A3" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" s="7">
+        <v>2</v>
+      </c>
+      <c r="C3" s="7"/>
+    </row>
+    <row r="4" spans="1:3" ht="20">
+      <c r="A4" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="7">
+        <v>3</v>
+      </c>
+      <c r="C4" s="7"/>
+    </row>
+    <row r="5" spans="1:3" ht="20">
+      <c r="A5" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" s="7">
+        <v>4</v>
+      </c>
+      <c r="C5" s="7"/>
+    </row>
+    <row r="6" spans="1:3" ht="20">
+      <c r="A6" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="7">
+        <v>5</v>
+      </c>
+      <c r="C6" s="7"/>
+    </row>
+    <row r="7" spans="1:3" ht="20">
+      <c r="A7" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" s="7">
+        <v>6</v>
+      </c>
+      <c r="C7" s="7"/>
+    </row>
+    <row r="8" spans="1:3" ht="20">
+      <c r="A8" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" s="7">
+        <v>7</v>
+      </c>
+      <c r="C8" s="7"/>
+    </row>
+    <row r="9" spans="1:3" ht="20">
+      <c r="A9" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" s="7">
+        <v>8</v>
+      </c>
+      <c r="C9" s="7"/>
+    </row>
+    <row r="10" spans="1:3" ht="20">
+      <c r="A10" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" s="7">
+        <v>9</v>
+      </c>
+      <c r="C10" s="7"/>
+    </row>
+    <row r="11" spans="1:3" ht="20">
+      <c r="A11" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B11" s="7">
+        <v>10</v>
+      </c>
+      <c r="C11" s="7"/>
+    </row>
+    <row r="12" spans="1:3" ht="20">
+      <c r="A12" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="7">
+        <v>11</v>
+      </c>
+      <c r="C12" s="7"/>
+    </row>
+    <row r="13" spans="1:3" ht="20">
+      <c r="A13" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" s="7">
+        <v>12</v>
+      </c>
+      <c r="C13" s="7"/>
+    </row>
+    <row r="14" spans="1:3" ht="20">
+      <c r="A14" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B14" s="7">
+        <v>13</v>
+      </c>
+      <c r="C14" s="7"/>
+    </row>
+    <row r="15" spans="1:3" ht="20">
+      <c r="A15" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B15" s="7">
+        <v>14</v>
+      </c>
+      <c r="C15" s="7"/>
+    </row>
+    <row r="16" spans="1:3" ht="20">
+      <c r="A16" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B16" s="7">
+        <v>15</v>
+      </c>
+      <c r="C16" s="7"/>
+    </row>
+    <row r="17" spans="1:3" ht="20">
+      <c r="A17" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B17" s="7">
+        <v>16</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="20">
+      <c r="A18" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B18" s="7">
+        <v>17</v>
+      </c>
+      <c r="C18" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" ht="20">
+      <c r="A19" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B19" s="7">
+        <v>18</v>
+      </c>
+      <c r="C19" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" ht="20">
+      <c r="A20" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="7">
+        <v>19</v>
+      </c>
+      <c r="C20" s="7">
+        <v>3</v>
+      </c>
+    </row>
+  </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A20">
+    <sortCondition ref="A11:A20"/>
+  </sortState>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1C2B02CA-452A-4E72-BDFF-C2CBA5E14D21}">
+  <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E15" sqref="E15"/>
+      <selection sqref="A1:B1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15"/>
   <cols>
-    <col min="2" max="2" width="31.83203125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="45" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A1" s="2">
+    <row r="1" spans="1:2">
+      <c r="A1" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="B1" s="6" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" ht="20">
+      <c r="A2" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" s="7">
         <v>1</v>
       </c>
-      <c r="B1" t="s">
+    </row>
+    <row r="3" spans="1:2" ht="20">
+      <c r="A3" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" ht="20">
+      <c r="A4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" s="7">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="20">
+      <c r="A5" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" ht="20">
+      <c r="A6" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="7">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" ht="20">
+      <c r="A7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" ht="20">
+      <c r="A8" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="7">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" ht="20">
+      <c r="A9" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B9" s="7">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" ht="20">
+      <c r="A10" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B10" s="7">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" ht="20">
+      <c r="A11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="7">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" ht="20">
+      <c r="A12" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" s="7">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" ht="20">
+      <c r="A13" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B13" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" ht="20">
+      <c r="A14" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="7">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" ht="20">
+      <c r="A15" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B15" s="7">
+        <v>14</v>
+      </c>
+    </row>
+  </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A15">
+    <sortCondition ref="A2:A15"/>
+  </sortState>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4EDA6848-37E6-4E0F-92B5-68490DEB70B5}">
+  <dimension ref="A1:B11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G6" sqref="G6"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="42.83203125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:2">
+      <c r="A1" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="B1" s="6" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" ht="20">
+      <c r="A2" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" ht="20">
+      <c r="A3" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" ht="20">
+      <c r="A4" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" s="7">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="20">
+      <c r="A5" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" ht="20">
+      <c r="A6" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B6" s="7">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" ht="20">
+      <c r="A7" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" ht="20">
+      <c r="A8" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" s="7">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" ht="20">
+      <c r="A9" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="7">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" ht="20">
+      <c r="A10" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B10" s="7">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" ht="20">
+      <c r="A11" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B11" s="7">
+        <v>10</v>
+      </c>
+    </row>
+  </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A24">
+    <sortCondition ref="A2:A24"/>
+  </sortState>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D95A8450-48E8-44B0-ACAF-15E54522650C}">
+  <dimension ref="A1:D24"/>
+  <sheetViews>
+    <sheetView topLeftCell="A8" workbookViewId="0">
+      <selection activeCell="G7" sqref="G7"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="48.5" customWidth="1"/>
+    <col min="2" max="2" width="14.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="B1" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="C1" s="6" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" ht="20">
+      <c r="A2" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="B2" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C2" s="9">
+        <v>1</v>
+      </c>
+      <c r="D2" s="7"/>
+    </row>
+    <row r="3" spans="1:4" ht="20">
+      <c r="A3" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="B3" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" s="9">
+        <v>2</v>
+      </c>
+      <c r="D3" s="7"/>
+    </row>
+    <row r="4" spans="1:4" ht="20">
+      <c r="A4" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B4" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C4" s="9">
+        <v>3</v>
+      </c>
+      <c r="D4" s="7"/>
+    </row>
+    <row r="5" spans="1:4" ht="20">
+      <c r="A5" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="B5" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C5" s="9">
+        <v>4</v>
+      </c>
+      <c r="D5" s="7"/>
+    </row>
+    <row r="6" spans="1:4" ht="20">
+      <c r="A6" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C6" s="9">
+        <v>5</v>
+      </c>
+      <c r="D6" s="7"/>
+    </row>
+    <row r="7" spans="1:4" ht="20">
+      <c r="A7" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" s="9">
+        <v>6</v>
+      </c>
+      <c r="D7" s="7"/>
+    </row>
+    <row r="8" spans="1:4" ht="20">
+      <c r="A8" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" s="9">
+        <v>7</v>
+      </c>
+      <c r="D8" s="7"/>
+    </row>
+    <row r="9" spans="1:4" ht="20">
+      <c r="A9" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" s="9">
+        <v>8</v>
+      </c>
+      <c r="D9" s="7"/>
+    </row>
+    <row r="10" spans="1:4" ht="20">
+      <c r="A10" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" s="9">
+        <v>9</v>
+      </c>
+      <c r="D10" s="7"/>
+    </row>
+    <row r="11" spans="1:4" ht="20">
+      <c r="A11" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B11" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C11" s="9">
+        <v>10</v>
+      </c>
+      <c r="D11" s="7"/>
+    </row>
+    <row r="12" spans="1:4" ht="20">
+      <c r="A12" s="8" t="s">
         <v>55</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="2">
+      <c r="B12" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" s="9">
+        <v>11</v>
+      </c>
+      <c r="D12" s="7"/>
+    </row>
+    <row r="13" spans="1:4" ht="20">
+      <c r="A13" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" s="9">
+        <v>12</v>
+      </c>
+      <c r="D13" s="7"/>
+    </row>
+    <row r="14" spans="1:4" ht="20">
+      <c r="A14" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B14" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C14" s="9">
+        <v>13</v>
+      </c>
+      <c r="D14" s="7"/>
+    </row>
+    <row r="15" spans="1:4" ht="20">
+      <c r="A15" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C15" s="9">
+        <v>14</v>
+      </c>
+      <c r="D15" s="7"/>
+    </row>
+    <row r="16" spans="1:4" ht="20">
+      <c r="A16" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B16" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C16" s="9">
+        <v>15</v>
+      </c>
+      <c r="D16" s="7"/>
+    </row>
+    <row r="17" spans="1:4" ht="20">
+      <c r="A17" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B17" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C17" s="9">
+        <v>16</v>
+      </c>
+      <c r="D17" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="20">
+      <c r="A18" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B18" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C18" s="9">
+        <v>17</v>
+      </c>
+      <c r="D18" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="16">
+      <c r="A19" s="4"/>
+      <c r="B19" s="1"/>
+    </row>
+    <row r="20" spans="1:4" ht="16">
+      <c r="A20" s="1"/>
+      <c r="B20" s="1"/>
+      <c r="C20" s="5"/>
+    </row>
+    <row r="21" spans="1:4" ht="16">
+      <c r="A21" s="1"/>
+      <c r="B21" s="1"/>
+      <c r="C21" s="5"/>
+    </row>
+    <row r="22" spans="1:4" ht="16">
+      <c r="A22" s="1"/>
+      <c r="B22" s="1"/>
+      <c r="C22" s="5"/>
+    </row>
+    <row r="23" spans="1:4" ht="16">
+      <c r="A23" s="1"/>
+      <c r="B23" s="1"/>
+      <c r="C23" s="5"/>
+    </row>
+    <row r="24" spans="1:4" ht="16">
+      <c r="A24" s="1"/>
+      <c r="B24" s="1"/>
+      <c r="C24" s="5"/>
+    </row>
+  </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:B25">
+    <sortCondition ref="B2:B25"/>
+    <sortCondition ref="A2:A25"/>
+  </sortState>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76B623DA-8FE7-4777-AB6D-76F4D9FDB2BE}">
+  <dimension ref="A1:C13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="J14" sqref="J14"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="49.83203125" customWidth="1"/>
+    <col min="2" max="2" width="27.5" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:3">
+      <c r="A1" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="B1" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="C1" s="6" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" ht="19">
+      <c r="A2" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="B2" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="C2" s="9">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" ht="20">
+      <c r="A3" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B3" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="C3" s="9">
         <v>2</v>
       </c>
-      <c r="B2" t="s">
-[...4 lines deleted...]
-      <c r="A3" s="2">
+    </row>
+    <row r="4" spans="1:3" ht="20">
+      <c r="A4" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="C4" s="9">
         <v>3</v>
       </c>
-      <c r="B3" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="2">
+    </row>
+    <row r="5" spans="1:3" ht="20">
+      <c r="A5" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="C5" s="9">
         <v>4</v>
       </c>
-      <c r="B4" s="4" t="s">
-[...4 lines deleted...]
-      <c r="A5" s="2">
+    </row>
+    <row r="6" spans="1:3" ht="20">
+      <c r="A6" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B6" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="C6" s="9">
         <v>5</v>
       </c>
-      <c r="B5" t="s">
-[...4 lines deleted...]
-      <c r="A6" s="2">
+    </row>
+    <row r="7" spans="1:3" ht="19">
+      <c r="A7" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B7" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="C7" s="9">
         <v>6</v>
       </c>
-      <c r="B6" t="s">
-[...4 lines deleted...]
-      <c r="A7" s="2">
+    </row>
+    <row r="8" spans="1:3" ht="18">
+      <c r="A8" s="7"/>
+      <c r="B8" s="7"/>
+      <c r="C8" s="7"/>
+    </row>
+    <row r="9" spans="1:3" ht="20">
+      <c r="A9" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" s="9">
         <v>7</v>
       </c>
-      <c r="B7" t="s">
-[...4 lines deleted...]
-      <c r="A8" s="2">
+    </row>
+    <row r="10" spans="1:3" ht="20">
+      <c r="A10" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B10" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" s="9">
         <v>8</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      <c r="A9" s="2">
+    </row>
+    <row r="11" spans="1:3" ht="20">
+      <c r="A11" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B11" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="9">
         <v>9</v>
       </c>
-      <c r="B9" t="s">
-[...4 lines deleted...]
-      <c r="A10" s="2">
+    </row>
+    <row r="12" spans="1:3" ht="20">
+      <c r="A12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" s="9">
         <v>10</v>
       </c>
-      <c r="B10" t="s">
-[...4 lines deleted...]
-      <c r="A11" s="2">
+    </row>
+    <row r="13" spans="1:3" ht="20">
+      <c r="A13" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B13" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" s="9">
         <v>11</v>
       </c>
-      <c r="B11" t="s">
-[...6 lines deleted...]
-      </c>
     </row>
   </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:A7">
+    <sortCondition ref="A2:A7"/>
+  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{57B7AAE9-FE6E-B742-860D-9C17828F271C}">
-  <dimension ref="A1:B14"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{050F26A4-8DB0-6E44-8BA4-908FA85111CB}">
+  <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D21" sqref="D21"/>
+      <selection activeCell="I40" sqref="I40"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
-    <col min="2" max="2" width="31.83203125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="50.1640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A1" s="2">
+    <row r="1" spans="1:2">
+      <c r="A1" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="B1" s="13" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" ht="19">
+      <c r="A2" s="14" t="s">
+        <v>80</v>
+      </c>
+      <c r="B2" s="15">
         <v>1</v>
       </c>
-      <c r="B1" t="s">
-[...4 lines deleted...]
-      <c r="A2" s="2">
+    </row>
+    <row r="3" spans="1:2" ht="19">
+      <c r="A3" s="14" t="s">
+        <v>81</v>
+      </c>
+      <c r="B3" s="15">
         <v>2</v>
       </c>
-      <c r="B2" t="s">
-[...4 lines deleted...]
-      <c r="A3" s="2">
+    </row>
+    <row r="4" spans="1:2" ht="19">
+      <c r="A4" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="B4" s="15">
         <v>3</v>
       </c>
-      <c r="B3" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="2">
+    </row>
+    <row r="5" spans="1:2" ht="18">
+      <c r="A5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B5" s="15">
         <v>4</v>
       </c>
-      <c r="B4" s="4" t="s">
-[...4 lines deleted...]
-      <c r="A5" s="2">
+    </row>
+    <row r="6" spans="1:2" ht="18">
+      <c r="A6" t="s">
+        <v>84</v>
+      </c>
+      <c r="B6" s="15">
         <v>5</v>
       </c>
-      <c r="B5" t="s">
-[...4 lines deleted...]
-      <c r="A6" s="2">
+    </row>
+    <row r="7" spans="1:2" ht="18">
+      <c r="A7" t="s">
+        <v>85</v>
+      </c>
+      <c r="B7" s="15">
         <v>6</v>
       </c>
-      <c r="B6" t="s">
-[...4 lines deleted...]
-      <c r="A7" s="2">
+    </row>
+    <row r="8" spans="1:2" ht="18">
+      <c r="A8" t="s">
+        <v>86</v>
+      </c>
+      <c r="B8" s="15">
         <v>7</v>
       </c>
-      <c r="B7" t="s">
-[...4 lines deleted...]
-      <c r="A8" s="2">
+    </row>
+    <row r="9" spans="1:2" ht="18">
+      <c r="A9" t="s">
+        <v>87</v>
+      </c>
+      <c r="B9" s="15">
         <v>8</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      <c r="A9" s="2">
+    </row>
+    <row r="10" spans="1:2" ht="18">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" s="15">
         <v>9</v>
       </c>
-      <c r="B9" t="s">
-[...4 lines deleted...]
-      <c r="A10" s="2">
+    </row>
+    <row r="11" spans="1:2" ht="18">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" s="15">
         <v>10</v>
       </c>
-      <c r="B10" t="s">
-[...4 lines deleted...]
-      <c r="A11" s="2">
+    </row>
+    <row r="12" spans="1:2" ht="18">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" s="15">
         <v>11</v>
       </c>
-      <c r="B11" t="s">
-[...4 lines deleted...]
-      <c r="A12" s="2">
+    </row>
+    <row r="13" spans="1:2" ht="18">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" s="15">
         <v>12</v>
       </c>
-      <c r="B12" t="s">
-[...5 lines deleted...]
-        <v>87</v>
+    </row>
+    <row r="14" spans="1:2" ht="18">
+      <c r="A14" t="s">
+        <v>92</v>
+      </c>
+      <c r="B14" s="15">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" ht="18">
+      <c r="A15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B15" s="15">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" ht="18">
+      <c r="A16" t="s">
+        <v>94</v>
+      </c>
+      <c r="B16" s="15">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" ht="18">
+      <c r="A17" t="s">
+        <v>95</v>
+      </c>
+      <c r="B17" s="15">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" ht="18">
+      <c r="A18" t="s">
+        <v>96</v>
+      </c>
+      <c r="B18" s="15">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" ht="18">
+      <c r="A19" t="s">
+        <v>97</v>
+      </c>
+      <c r="B19" s="15">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" ht="18">
+      <c r="A20" t="s">
+        <v>98</v>
+      </c>
+      <c r="B20" s="15">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E713B330-7C44-AC42-ACA1-9F1DBF9100F4}">
-  <dimension ref="A1:B12"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F06AEA84-224D-474C-A9C2-678B01BE5569}">
+  <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D13" sqref="D13"/>
+      <selection activeCell="E29" sqref="E29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
-    <col min="2" max="2" width="31.83203125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="50.1640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A1" s="2">
+    <row r="1" spans="1:2">
+      <c r="A1" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="B1" s="13" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" ht="19">
+      <c r="A2" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B2" s="15">
         <v>1</v>
       </c>
-      <c r="B1" t="s">
-[...4 lines deleted...]
-      <c r="A2" s="2">
+    </row>
+    <row r="3" spans="1:2" ht="19">
+      <c r="A3" s="14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B3" s="15">
         <v>2</v>
       </c>
-      <c r="B2" t="s">
-[...4 lines deleted...]
-      <c r="A3" s="2">
+    </row>
+    <row r="4" spans="1:2" ht="19">
+      <c r="A4" s="14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B4" s="15">
         <v>3</v>
       </c>
-      <c r="B3" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="2">
+    </row>
+    <row r="5" spans="1:2" ht="18">
+      <c r="A5" t="s">
+        <v>102</v>
+      </c>
+      <c r="B5" s="15">
         <v>4</v>
       </c>
-      <c r="B4" s="4" t="s">
-[...28 lines deleted...]
-      <c r="A12" s="2"/>
+    </row>
+    <row r="6" spans="1:2" ht="18">
+      <c r="A6" t="s">
+        <v>103</v>
+      </c>
+      <c r="B6" s="15">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" ht="18">
+      <c r="A7" t="s">
+        <v>104</v>
+      </c>
+      <c r="B7" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" ht="18">
+      <c r="A8" t="s">
+        <v>105</v>
+      </c>
+      <c r="B8" s="15">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" ht="18">
+      <c r="A9" t="s">
+        <v>106</v>
+      </c>
+      <c r="B9" s="15">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" ht="18">
+      <c r="A10" t="s">
+        <v>107</v>
+      </c>
+      <c r="B10" s="15">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" ht="18">
+      <c r="A11" t="s">
+        <v>108</v>
+      </c>
+      <c r="B11" s="15">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" ht="18">
+      <c r="A12" t="s">
+        <v>109</v>
+      </c>
+      <c r="B12" s="15">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" ht="18">
+      <c r="B13" s="15"/>
+    </row>
+    <row r="14" spans="1:2" ht="18">
+      <c r="B14" s="15"/>
+    </row>
+    <row r="15" spans="1:2" ht="18">
+      <c r="B15" s="15"/>
+    </row>
+    <row r="16" spans="1:2" ht="18">
+      <c r="B16" s="15"/>
+    </row>
+    <row r="17" spans="2:2" ht="18">
+      <c r="B17" s="15"/>
+    </row>
+    <row r="18" spans="2:2" ht="18">
+      <c r="B18" s="15"/>
+    </row>
+    <row r="19" spans="2:2" ht="18">
+      <c r="B19" s="15"/>
+    </row>
+    <row r="20" spans="2:2" ht="18">
+      <c r="B20" s="15"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1BB90835-A1B2-B94F-AE25-DCACC05BF0B1}">
-  <dimension ref="A1:B12"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9CF4C1D5-2237-3148-8AB2-AD35BE8E3A85}">
+  <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D8" sqref="D8"/>
+      <selection activeCell="B15" sqref="B15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
-    <col min="2" max="2" width="31.83203125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="50.1640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A1" s="2">
+    <row r="1" spans="1:2">
+      <c r="A1" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="B1" s="13" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" ht="19">
+      <c r="A2" s="14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B2" s="15">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" ht="19">
+      <c r="A3" s="14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B3" s="15">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" ht="19">
+      <c r="A4" s="14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B4" s="15">
         <v>3</v>
       </c>
-      <c r="B1" t="s">
-[...4 lines deleted...]
-      <c r="A2" s="2">
+    </row>
+    <row r="5" spans="1:2" ht="18">
+      <c r="A5" t="s">
+        <v>113</v>
+      </c>
+      <c r="B5" s="15">
         <v>4</v>
       </c>
-      <c r="B2" t="s">
-[...34 lines deleted...]
-      <c r="A12" s="2"/>
+    </row>
+    <row r="6" spans="1:2" ht="18">
+      <c r="A6" t="s">
+        <v>114</v>
+      </c>
+      <c r="B6" s="15">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" ht="18">
+      <c r="A7" t="s">
+        <v>115</v>
+      </c>
+      <c r="B7" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" ht="18">
+      <c r="A8" t="s">
+        <v>116</v>
+      </c>
+      <c r="B8" s="15">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" ht="18">
+      <c r="A9" t="s">
+        <v>117</v>
+      </c>
+      <c r="B9" s="15">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" ht="18">
+      <c r="A10" t="s">
+        <v>118</v>
+      </c>
+      <c r="B10" s="15">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" ht="18">
+      <c r="A11" t="s">
+        <v>119</v>
+      </c>
+      <c r="B11" s="15">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" ht="18">
+      <c r="A12" t="s">
+        <v>120</v>
+      </c>
+      <c r="B12" s="15">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" ht="18">
+      <c r="A13" t="s">
+        <v>121</v>
+      </c>
+      <c r="B13" s="15">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" ht="18">
+      <c r="A14" t="s">
+        <v>122</v>
+      </c>
+      <c r="B14" s="15">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" ht="18">
+      <c r="B15" s="15"/>
+    </row>
+    <row r="16" spans="1:2" ht="18">
+      <c r="B16" s="15"/>
+    </row>
+    <row r="17" spans="2:2" ht="18">
+      <c r="B17" s="15"/>
+    </row>
+    <row r="18" spans="2:2" ht="18">
+      <c r="B18" s="15"/>
+    </row>
+    <row r="19" spans="2:2" ht="18">
+      <c r="B19" s="15"/>
+    </row>
+    <row r="20" spans="2:2" ht="18">
+      <c r="B20" s="15"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="9" baseType="lpstr">
-[...8 lines deleted...]
-      <vt:lpstr>КІБ-22015б</vt:lpstr>
+    <vt:vector size="10" baseType="lpstr">
+      <vt:lpstr>051 Економічна кібер</vt:lpstr>
+      <vt:lpstr>ІПЗ-23006б</vt:lpstr>
+      <vt:lpstr>ІПЗ-23007б</vt:lpstr>
+      <vt:lpstr>ІПЗ-24009бск</vt:lpstr>
+      <vt:lpstr>КІ-23009б</vt:lpstr>
+      <vt:lpstr>Kb+KI</vt:lpstr>
+      <vt:lpstr>КН-23001б</vt:lpstr>
+      <vt:lpstr>КН-23002б</vt:lpstr>
+      <vt:lpstr>КН-23003б</vt:lpstr>
+      <vt:lpstr>КН-24004бск</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>MyOffice</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Кириченко Віктор Вікторович</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>